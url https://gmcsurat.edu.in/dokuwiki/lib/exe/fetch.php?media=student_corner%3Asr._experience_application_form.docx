--- v0 (2025-10-26)
+++ v1 (2026-03-14)
@@ -1,1475 +1,1955 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00736C33" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="009D7D1A">
+    <w:p w:rsidR="00736C33" w:rsidRPr="00647357" w:rsidRDefault="00660FB0" w:rsidP="009D7D1A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00806DCA">
-        <w:rPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GOVERNMENT MEDICAL COLLEGE, SURAT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D5F39" w:rsidRPr="000D5F39" w:rsidRDefault="00660FB0" w:rsidP="00806DCA">
+    <w:p w:rsidR="000D5F39" w:rsidRPr="00FB3FD2" w:rsidRDefault="00660FB0" w:rsidP="00806DCA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D5F39">
-        <w:rPr>
+      <w:r w:rsidRPr="00FB3FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">APPLICATON FOR GETTING AN </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5F39">
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>EXPERIENCE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve"> CERTIFICATE </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00660FB0" w:rsidRPr="000D5F39" w:rsidRDefault="00660FB0" w:rsidP="00806DCA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D5F39">
-        <w:rPr>
+      <w:r w:rsidRPr="00FB3FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>FOR SENIOR RESIEDENCY</w:t>
+        <w:t xml:space="preserve">FOR </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6182" w:rsidRPr="00FB3FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>SE</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0E8E" w:rsidRPr="00FB3FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NIOR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>RESIEDENCY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660FB0" w:rsidRPr="000D5F39" w:rsidRDefault="00660FB0">
-[...14 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00034215">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Full Name of Applicant</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5F39">
-        <w:rPr>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>: __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660FB0" w:rsidRPr="000D5F39" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
-[...14 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00034215" w:rsidP="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Permanent Address</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5F39">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E6AB9" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660FB0" w:rsidRPr="000D5F39" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
-[...35 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660FB0" w:rsidRPr="000D5F39" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660FB0" w:rsidRPr="000D5F39" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660FB0" w:rsidRPr="000D5F39" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
-[...14 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00034215" w:rsidP="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Mobile No.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5F39">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>: __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660FB0" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
-[...22 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00034215" w:rsidP="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Details of </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6182" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r. Residency done</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="-2350" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="828"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1916"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="1673"/>
+        <w:gridCol w:w="1467"/>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="1836"/>
+        <w:gridCol w:w="3217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidTr="00E220C1">
+      <w:tr w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidTr="00647357">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sr. No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1673" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Designation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1467" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="3096" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remarks (leave) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>LWP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidTr="00E220C1">
+      <w:tr w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidTr="00647357">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1673" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1467" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>From</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1916" w:type="dxa"/>
+            <w:tcW w:w="1836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>To</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidTr="00E220C1">
+      <w:tr w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidTr="00647357">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00747A25" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Sr. Res.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1467" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1916" w:type="dxa"/>
+            <w:tcW w:w="1836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidTr="00E220C1">
+      <w:tr w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidTr="00647357">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1467" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1916" w:type="dxa"/>
+            <w:tcW w:w="1836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidTr="00E220C1">
+      <w:tr w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidTr="00647357">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00806DCA">
-              <w:rPr>
+            <w:r w:rsidRPr="00647357">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1467" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1916" w:type="dxa"/>
+            <w:tcW w:w="1836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00660FB0" w:rsidRPr="00806DCA" w:rsidRDefault="00660FB0" w:rsidP="000D5F39">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="000D5F39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00806DCA" w:rsidRPr="000D5F39" w:rsidRDefault="00806DCA" w:rsidP="00660FB0">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00806DCA" w:rsidRPr="00647357" w:rsidRDefault="00732281" w:rsidP="00732281">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00660FB0" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D5F39">
-        <w:rPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D5F39">
-        <w:rPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00806DCA" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E6AB9" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E6AB9" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Signature of Applicant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00660FB0" w:rsidP="00647357">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">It is hereby certified that Dr. ______________________________________ has completed his/her _____________ months </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6182" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r. Residency in the Department of _________________________ from _____________________ to ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E220C1" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_ satisfactory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. There </w:t>
+      </w:r>
+      <w:r w:rsidR="00E220C1" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is no due</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outstanding him/her in this Department. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E220C1" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>His/her</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work and conduct were also good during the above period. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F569A0" w:rsidRPr="00647357" w:rsidRDefault="00F569A0" w:rsidP="00647357">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Leave </w:t>
+      </w:r>
+      <w:r w:rsidR="00647357" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">without pay:-_______________Days. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C13F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&amp; Any other Type Of Leave</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C13F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C13F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00647357" w:rsidRPr="00647357" w:rsidRDefault="00647357" w:rsidP="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00E220C1" w:rsidP="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00806DCA" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00660FB0" w:rsidP="00660FB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         (Signature of H.O.D. with Stamp)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00647357" w:rsidRDefault="00647357" w:rsidP="00E220C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E220C1" w:rsidRPr="00647357" w:rsidRDefault="00660FB0" w:rsidP="00E220C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>N.B. :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660FB0" w:rsidRPr="00647357" w:rsidRDefault="00E220C1" w:rsidP="00E220C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00280BF2" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Attached Senior</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FB0" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Residency appointment order copy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E220C1" w:rsidRPr="00647357" w:rsidRDefault="00E220C1" w:rsidP="00E220C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Copy of </w:t>
+      </w:r>
+      <w:r w:rsidR="00280BF2" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MD/MS</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3FD2" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GMC</w:t>
+      </w:r>
+      <w:r w:rsidR="00280BF2" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5F39">
-[...416 lines deleted...]
-        <w:t>Attached Senior Residency appointment order copy.</w:t>
+      <w:r w:rsidR="00176CF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Re</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45922" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00176CF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>istra</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45922" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tion</w:t>
+      </w:r>
+      <w:r w:rsidR="0038612E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E220C1" w:rsidRDefault="00E220C1" w:rsidP="00E220C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Copy of </w:t>
+      </w:r>
+      <w:r w:rsidR="0037518A" w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Joining</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0038612E" w:rsidRPr="00647357" w:rsidRDefault="0038612E" w:rsidP="00E220C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Copy of Resignation letter. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Letter.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(If Applicable).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E220C1" w:rsidRPr="00806DCA" w:rsidRDefault="00E220C1" w:rsidP="00E220C1">
+    <w:p w:rsidR="00280BF2" w:rsidRPr="00647357" w:rsidRDefault="00280BF2" w:rsidP="00E220C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...34 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E220C1" w:rsidRPr="00806DCA" w:rsidSect="00C0614B">
+    <w:p w:rsidR="00280BF2" w:rsidRPr="00647357" w:rsidRDefault="00280BF2" w:rsidP="00E220C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00280BF2" w:rsidRPr="00647357" w:rsidSect="00647357">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="540" w:right="1440" w:bottom="180" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="540" w:right="837" w:bottom="180" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Shruti">
-    <w:panose1 w:val="02000500000000000000"/>
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00040003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria Math">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00660FB0"/>
+    <w:rsid w:val="00034215"/>
     <w:rsid w:val="00066596"/>
     <w:rsid w:val="000D5F39"/>
+    <w:rsid w:val="000E6182"/>
+    <w:rsid w:val="00176CF7"/>
+    <w:rsid w:val="00280BF2"/>
     <w:rsid w:val="002D386C"/>
+    <w:rsid w:val="002E6803"/>
     <w:rsid w:val="0037518A"/>
+    <w:rsid w:val="0038612E"/>
+    <w:rsid w:val="003C1E50"/>
     <w:rsid w:val="004974EA"/>
+    <w:rsid w:val="00647357"/>
     <w:rsid w:val="00660FB0"/>
+    <w:rsid w:val="006F5338"/>
     <w:rsid w:val="007159ED"/>
+    <w:rsid w:val="00732281"/>
     <w:rsid w:val="00736C33"/>
     <w:rsid w:val="00747A25"/>
     <w:rsid w:val="007715D9"/>
+    <w:rsid w:val="00777BD6"/>
     <w:rsid w:val="007E6AB9"/>
+    <w:rsid w:val="007F03FF"/>
     <w:rsid w:val="00806DCA"/>
     <w:rsid w:val="00860565"/>
     <w:rsid w:val="0089158C"/>
+    <w:rsid w:val="008E0E8E"/>
     <w:rsid w:val="009D5C56"/>
     <w:rsid w:val="009D7D1A"/>
     <w:rsid w:val="00A45922"/>
+    <w:rsid w:val="00AC323A"/>
     <w:rsid w:val="00AD5E18"/>
     <w:rsid w:val="00BA5836"/>
+    <w:rsid w:val="00BD77C6"/>
     <w:rsid w:val="00BE3260"/>
     <w:rsid w:val="00C0614B"/>
+    <w:rsid w:val="00C13F74"/>
     <w:rsid w:val="00C43513"/>
+    <w:rsid w:val="00D84B38"/>
+    <w:rsid w:val="00DE44F7"/>
     <w:rsid w:val="00E220C1"/>
     <w:rsid w:val="00E541FE"/>
     <w:rsid w:val="00EC64AF"/>
+    <w:rsid w:val="00EE0969"/>
+    <w:rsid w:val="00F569A0"/>
+    <w:rsid w:val="00FA2755"/>
+    <w:rsid w:val="00FB23B0"/>
+    <w:rsid w:val="00FB3FD2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="gu-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10242"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1987,82 +2467,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{063CEBAC-15E0-466C-89DA-1EB74ADD206D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6A82A6B-B62C-4AD6-8D9F-0234AA6C38A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>175</Words>
-  <Characters>1004</Characters>
+  <Words>198</Words>
+  <Characters>1132</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1177</CharactersWithSpaces>
+  <CharactersWithSpaces>1328</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ABC</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>