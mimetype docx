--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00583A50" w:rsidRPr="00B14D7F" w:rsidRDefault="0096340C" w:rsidP="00583A50">
+    <w:p w:rsidR="00583A50" w:rsidRPr="00B14D7F" w:rsidRDefault="007C769D" w:rsidP="00583A50">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:-9pt;margin-top:0;width:54pt;height:45pt;z-index:251662336">
             <v:textbox style="mso-next-textbox:#_x0000_s1028">
               <w:txbxContent>
                 <w:p w:rsidR="00583A50" w:rsidRPr="007C4AC5" w:rsidRDefault="00583A50" w:rsidP="00583A50">
                   <w:r>
                     <w:rPr>
                       <w:noProof/>
@@ -168,90 +168,72 @@
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00583A50" w:rsidRDefault="00583A50" w:rsidP="00583A50">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00583A50" w:rsidRPr="00B14D7F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>AI</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B53C2C">
+        <w:t>AIPGMEE-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00506D7A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>SS</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00583A50" w:rsidRPr="00B14D7F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>MEE-202</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00583A50" w:rsidRPr="00B14D7F" w:rsidRDefault="0096340C" w:rsidP="00583A50">
+    <w:p w:rsidR="00583A50" w:rsidRPr="00B14D7F" w:rsidRDefault="007C769D" w:rsidP="00583A50">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="8"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:459pt;margin-top:.05pt;width:63pt;height:27pt;z-index:251661312">
             <v:textbox style="mso-next-textbox:#_x0000_s1027">
               <w:txbxContent>
                 <w:p w:rsidR="00583A50" w:rsidRDefault="00583A50" w:rsidP="00583A50">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
@@ -359,926 +341,896 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B14D7F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Gate,Surat</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B14D7F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>-395 001</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="0096340C" w:rsidP="00583A50">
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="007C769D" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:430.5pt;margin-top:22.3pt;width:99pt;height:105.9pt;z-index:251660288"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00583A50" w:rsidRPr="00B14D7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="44"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>____________________________________________________________ALL IND</w:t>
       </w:r>
       <w:r w:rsidR="00E1023E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="44"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">IA </w:t>
       </w:r>
-      <w:r w:rsidR="00FA203A">
+      <w:r w:rsidR="00E1023E" w:rsidRPr="00E1023E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>NEET - S.S.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E1023E" w:rsidRPr="00E1023E">
+        <w:t>NEET P. G. ENTRANCE EXAM-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00506D7A">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ENTRANCE EXAM-202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00671F65">
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>4</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">REPORT FOR ADMISSION </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>IN  POST</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GRADUATE COURSE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">REPORT FOR ADMISSION </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>To be submitted in duplicate)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date of Report:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>To,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Dean,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> E-mail I.D.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00200265">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Govt. Medical College,</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
-[...15 lines deleted...]
-        <w:t>SUPER</w:t>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00FA203A">
-[...408 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00200265">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00200265">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1023E">
-[...328 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00506D7A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="003B3E55" w:rsidRPr="00200265">
+      <w:r w:rsidR="00506D7A" w:rsidRPr="00620A55">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="003B3E55" w:rsidRPr="00200265">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00200265">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -1386,89 +1338,89 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E1023E" w:rsidRPr="00E1023E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="003F1937">
+      <w:r w:rsidR="00506D7A">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="003B3E55" w:rsidRPr="00E1023E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00E1023E" w:rsidRPr="00E1023E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="003F1937">
+      <w:r w:rsidR="00506D7A">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Year</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1538,69 +1490,51 @@
       <w:r w:rsidR="00200265">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00200265">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00200265" w:rsidRPr="00200265">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">NEET </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Roll No</w:t>
+        <w:t>NEET PG Roll No</w:t>
       </w:r>
       <w:r w:rsidR="00200265">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>__________________.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:ind w:right="-720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
@@ -1852,75 +1786,51 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sir,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">I the undersigned here by report for admission in </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> course at your College,</w:t>
+        <w:t>I the undersigned here by report for admission in Postgraduate course at your College,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">I submit herewith the following Certificate/documents. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
@@ -2037,67 +1947,51 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Date of </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Completed </w:t>
+        <w:t xml:space="preserve">Date of Internship Completed </w:t>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -2226,67 +2120,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:ind w:right="-720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>From which M</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> passed with the:</w:t>
+        <w:t>From which MBBS passed with the:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -2896,3106 +2774,3006 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Original)+</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Xerox) Attested.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00583A50" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(6)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...53 lines deleted...]
-        </w:rPr>
+        <w:t>Degree Certificate. (Provisional / Permanent).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>:(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Original)+</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Xerox) Attested.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001460F8" w:rsidRDefault="00EF130B" w:rsidP="00583A50">
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-      <w:r w:rsidR="001460F8" w:rsidRPr="00E1023E">
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Internship Completion Certificate. (College &amp; University)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002526CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="001460F8" w:rsidRPr="00E1023E">
+      <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Original)+</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="001460F8" w:rsidRPr="00E1023E">
-[...8 lines deleted...]
-    <w:p w:rsidR="001460F8" w:rsidRDefault="00EF130B" w:rsidP="00583A50">
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Xerox) Attested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>U.G. State Registration Certificate. (Provisional/Permanent).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>:(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="001460F8" w:rsidRPr="00E1023E">
+      <w:r w:rsidRPr="00E1023E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Original)+</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="001460F8" w:rsidRPr="00E1023E">
-[...8 lines deleted...]
-    <w:p w:rsidR="00671F65" w:rsidRPr="00E1023E" w:rsidRDefault="00EF130B" w:rsidP="00583A50">
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Xerox) Attested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Birth Date Proof. (As per 10th Mark sheet/Passing Certificate.)</w:t>
+      </w:r>
+      <w:r w:rsidR="002526CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Original)+</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Xerox) Attested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Birth Certificate/Leaving Certificate).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E66FE4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Aadhar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Card/Voter ID/Pan Card/Driving License</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002526CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: (Xerox) Attested</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E66FE4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MARK SHEET. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>:(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Original)+</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Xerox) Attested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E66FE4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Disability Certificate. (If Applicable)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: (Original)+(Xerox) Attested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>I hereby undertake that the information given above and documents submitted are correct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Place :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Surat.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Yours Faithfully,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           (Signature of Student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please accept FIRST YEAR DEGREE Residency Deposit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>DEPOSIT :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>P.T.O.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="001A1C3B">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1023E" w:rsidRDefault="00E1023E" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720" w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E1023E" w:rsidRDefault="00E1023E" w:rsidP="00E1023E">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720" w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">I shall produce the Following Certificate / Documents within </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA15AE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Days. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00291069">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certificate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00291069">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>of  Permanent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Registration from Gujarat Medical Council, Ahmedabad. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00EF130B" w:rsidP="00583A50">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>(2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...74 lines deleted...]
-    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00EF130B" w:rsidP="00583A50">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>(3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>(4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>(5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E1023E">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...59 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">I know that, if I fail to produce the above remaining certificate / documents within </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA15AE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> days, my admission will be cancelled. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00583A50" w:rsidRPr="00E1023E">
-[...5 lines deleted...]
-        <w:t>Original)+</w:t>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Place :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00583A50" w:rsidRPr="00E1023E">
-[...8 lines deleted...]
-    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00EF130B" w:rsidP="00583A50">
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-Surat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...46 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00583A50" w:rsidRPr="00E1023E">
-[...5 lines deleted...]
-        <w:t>Original)+</w:t>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Date  :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00583A50" w:rsidRPr="00E1023E">
-[...8 lines deleted...]
-    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Signature of Student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>************************************************************************</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...89 lines deleted...]
-    <w:p w:rsidR="00583A50" w:rsidRPr="00E1023E" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE RIGHT IN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>BLOCK  LETTER</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
       <w:pPr>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...103 lines deleted...]
-        <w:t>:(</w:t>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E1023E">
-[...5 lines deleted...]
-        <w:t>Original)+</w:t>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Report :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E1023E">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
-        <w:jc w:val="both"/>
-[...37 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Address :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Merit No.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Mobile No.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00200265">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00583A50" w:rsidRPr="00200265" w:rsidRDefault="00583A50" w:rsidP="00583A50">
+      <w:pPr>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470A63" w:rsidRPr="00200265" w:rsidRDefault="00470A63">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00E1023E">
-[...2200 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00470A63" w:rsidRPr="00200265" w:rsidSect="00E1023E">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="450" w:right="720" w:bottom="180" w:left="990" w:header="720" w:footer="180" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0096340C" w:rsidRDefault="0096340C" w:rsidP="003D2DA8">
+    <w:p w:rsidR="007C769D" w:rsidRDefault="007C769D" w:rsidP="003D2DA8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0096340C" w:rsidRDefault="0096340C" w:rsidP="003D2DA8">
+    <w:p w:rsidR="007C769D" w:rsidRDefault="007C769D" w:rsidP="003D2DA8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Shruti">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00040003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -6022,202 +5800,202 @@
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00BF2A74" w:rsidRPr="00BF2A74" w:rsidRDefault="003A0C83" w:rsidP="00BF2A74">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="001F1A69">
       <w:instrText xml:space="preserve"> FILENAME </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
+    <w:r w:rsidR="00413CD6">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>AIQ 1st</w:t>
+    </w:r>
     <w:r w:rsidR="0083601C">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>AIQ 1st Round Reporting Form</w:t>
+      <w:t xml:space="preserve"> Round Reporting Form</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="001F1A69">
       <w:t xml:space="preserve">                                                                 </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0096340C" w:rsidRDefault="0096340C" w:rsidP="003D2DA8">
+    <w:p w:rsidR="007C769D" w:rsidRDefault="007C769D" w:rsidP="003D2DA8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0096340C" w:rsidRDefault="0096340C" w:rsidP="003D2DA8">
+    <w:p w:rsidR="007C769D" w:rsidRDefault="007C769D" w:rsidP="003D2DA8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00583A50"/>
     <w:rsid w:val="00090334"/>
     <w:rsid w:val="000A2298"/>
     <w:rsid w:val="000D2493"/>
-    <w:rsid w:val="001049F4"/>
     <w:rsid w:val="00127801"/>
     <w:rsid w:val="0014338F"/>
-    <w:rsid w:val="001460F8"/>
     <w:rsid w:val="001A1C3B"/>
-    <w:rsid w:val="001B4A6B"/>
     <w:rsid w:val="001F1A69"/>
     <w:rsid w:val="00200265"/>
-    <w:rsid w:val="0022417A"/>
-    <w:rsid w:val="00230D7B"/>
     <w:rsid w:val="002526CF"/>
+    <w:rsid w:val="00283B3F"/>
+    <w:rsid w:val="00291069"/>
     <w:rsid w:val="00357371"/>
     <w:rsid w:val="003A0C83"/>
     <w:rsid w:val="003B3E55"/>
     <w:rsid w:val="003D2DA8"/>
     <w:rsid w:val="003F1937"/>
+    <w:rsid w:val="00413CD6"/>
     <w:rsid w:val="00470A63"/>
     <w:rsid w:val="004A3F31"/>
+    <w:rsid w:val="00506D7A"/>
     <w:rsid w:val="00516CAF"/>
     <w:rsid w:val="00531F33"/>
     <w:rsid w:val="00577E83"/>
     <w:rsid w:val="00583A50"/>
     <w:rsid w:val="005A772E"/>
-    <w:rsid w:val="00671F65"/>
+    <w:rsid w:val="005B4402"/>
+    <w:rsid w:val="00620A55"/>
     <w:rsid w:val="00674984"/>
     <w:rsid w:val="006A6E46"/>
     <w:rsid w:val="00722B37"/>
     <w:rsid w:val="00772433"/>
     <w:rsid w:val="007C4121"/>
-    <w:rsid w:val="007F4195"/>
-    <w:rsid w:val="00814442"/>
+    <w:rsid w:val="007C769D"/>
     <w:rsid w:val="0083601C"/>
-    <w:rsid w:val="00877996"/>
     <w:rsid w:val="008C3C5D"/>
     <w:rsid w:val="008E018A"/>
     <w:rsid w:val="00901DEC"/>
-    <w:rsid w:val="0096340C"/>
-    <w:rsid w:val="0097217F"/>
+    <w:rsid w:val="00905FCC"/>
     <w:rsid w:val="009901AC"/>
     <w:rsid w:val="009A319B"/>
-    <w:rsid w:val="009C727B"/>
     <w:rsid w:val="009D09A5"/>
     <w:rsid w:val="009E0F12"/>
     <w:rsid w:val="009E6CF5"/>
     <w:rsid w:val="00A6262F"/>
-    <w:rsid w:val="00AE53E2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BF7853"/>
+    <w:rsid w:val="00AB1FE0"/>
+    <w:rsid w:val="00BA15AE"/>
     <w:rsid w:val="00C013B0"/>
     <w:rsid w:val="00C3258B"/>
     <w:rsid w:val="00C417DA"/>
     <w:rsid w:val="00C80606"/>
     <w:rsid w:val="00CF1894"/>
     <w:rsid w:val="00D13572"/>
     <w:rsid w:val="00D47433"/>
     <w:rsid w:val="00D77CDD"/>
     <w:rsid w:val="00DA588D"/>
     <w:rsid w:val="00E1023E"/>
     <w:rsid w:val="00E66FE4"/>
     <w:rsid w:val="00ED2093"/>
-    <w:rsid w:val="00EF130B"/>
     <w:rsid w:val="00F527BA"/>
     <w:rsid w:val="00FA0716"/>
-    <w:rsid w:val="00FA203A"/>
     <w:rsid w:val="00FB618A"/>
     <w:rsid w:val="00FC2D4D"/>
+    <w:rsid w:val="00FC7227"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="gu-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1030"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="12B71222"/>
-  <w15:docId w15:val="{AD8DE36E-38C4-4506-93DC-C55D04F65F58}"/>
+  <w14:docId w14:val="45665D92"/>
+  <w15:docId w15:val="{E818AC1C-A525-4A66-AB08-660ECACA8493}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-IN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7381,66 +7159,64 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00583A50"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A6262F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00A6262F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -7682,70 +7458,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>504</Words>
-  <Characters>2879</Characters>
+  <Words>455</Words>
+  <Characters>2596</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3377</CharactersWithSpaces>
+  <CharactersWithSpaces>3045</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>GMCSurat</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>